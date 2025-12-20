--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1139f800e624d47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54165815ee954c80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc27c51714dcb4c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f8d3a2036b44aaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92dc4ff8d1a413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc27c51714dcb4c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9d006403d14d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f8d3a2036b44aaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz und Kontinuität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.242,414</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>