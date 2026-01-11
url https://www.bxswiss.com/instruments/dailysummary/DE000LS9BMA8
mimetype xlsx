--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54165815ee954c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a6fd24e2bc4883" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f8d3a2036b44aaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra433348dda134b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9d006403d14d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f8d3a2036b44aaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9670ce9ef2f43d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra433348dda134b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz und Kontinuität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.225,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.230,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.206,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.211,683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.165,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.187,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.158,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.180,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>