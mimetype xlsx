--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a6fd24e2bc4883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8142eba8aa6d4623" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra433348dda134b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ccf66859e5f4a2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9670ce9ef2f43d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra433348dda134b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a179d79c2054278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ccf66859e5f4a2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz und Kontinuität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.212,319</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>