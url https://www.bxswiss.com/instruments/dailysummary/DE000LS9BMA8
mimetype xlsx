--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8142eba8aa6d4623" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611bf966fc474b00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ccf66859e5f4a2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8f9bf44e63b47c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a179d79c2054278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ccf66859e5f4a2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01d5dedcbb184fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8f9bf44e63b47c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz und Kontinuität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.199,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.204,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.182,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.190,281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.189,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.197,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.181,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.187,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.243,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>