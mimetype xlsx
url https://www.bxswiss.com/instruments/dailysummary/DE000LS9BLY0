--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036605e0feb148d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf2bb788b87347e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff278ebe9684d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R631436c591674a66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb018fc5ed0584294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff278ebe9684d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re434c079e83a436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R631436c591674a66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...635 lines deleted...]
-          <x:t>155,602</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>