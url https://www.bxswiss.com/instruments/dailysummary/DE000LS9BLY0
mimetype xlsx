--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf2bb788b87347e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472e27bd3321413f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R631436c591674a66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9ba99e83fd45df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re434c079e83a436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R631436c591674a66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211cea54ed684865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9ba99e83fd45df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>