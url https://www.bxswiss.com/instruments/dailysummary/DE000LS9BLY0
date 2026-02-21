--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472e27bd3321413f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra78da6d614804eb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9ba99e83fd45df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57165b7ed6dc4dfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211cea54ed684865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9ba99e83fd45df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dd15400cbba4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57165b7ed6dc4dfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>164,808</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>