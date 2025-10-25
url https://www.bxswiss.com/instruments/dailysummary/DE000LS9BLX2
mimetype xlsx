--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07da38ca2b014f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e1e8f298af4e37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ae59cd3a244d12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35305f2894f94d48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re575d4ba3b534601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ae59cd3a244d12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d2cceabf9646bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35305f2894f94d48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>buy low - sell high</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>