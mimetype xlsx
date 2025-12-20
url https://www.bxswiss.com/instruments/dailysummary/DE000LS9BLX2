--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e1e8f298af4e37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0eacaea58584a83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35305f2894f94d48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ff28cbf1bc40dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d2cceabf9646bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35305f2894f94d48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R324fda5a776d4cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ff28cbf1bc40dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>buy low - sell high</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>343,039</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>