--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0eacaea58584a83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5061a03ea3a24800" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ff28cbf1bc40dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb749846405214583"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R324fda5a776d4cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ff28cbf1bc40dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re98f55456b4f483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb749846405214583" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>buy low - sell high</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>