--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5061a03ea3a24800" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf5c9e8c747e4d1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb749846405214583"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9f53d8912854278"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re98f55456b4f483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb749846405214583" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R817202533ef34612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9f53d8912854278" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>buy low - sell high</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>334,128</x:t>
-[...414 lines deleted...]
-          <x:t>335,890</x:t>
+          <x:t>335,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>