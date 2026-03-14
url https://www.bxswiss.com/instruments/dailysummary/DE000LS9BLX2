--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf5c9e8c747e4d1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d0d871c3324e14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9f53d8912854278"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e71fbe59fdb41b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R817202533ef34612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9f53d8912854278" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab90bca0e3534fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e71fbe59fdb41b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>buy low - sell high</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>