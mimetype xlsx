--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b5a6201dfb4e02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f4c66db798d4fbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra978faa80c794e8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d87dd7756204082"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc7489a1af1b4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra978faa80c794e8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13acbf7e674b4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d87dd7756204082" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien: Internet / E-Commerce</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>378,866</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>