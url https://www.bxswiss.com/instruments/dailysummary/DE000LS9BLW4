--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f4c66db798d4fbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152a4a6e87894a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d87dd7756204082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R083d53694b7d4fbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13acbf7e674b4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d87dd7756204082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb85a777b23594a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R083d53694b7d4fbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien: Internet / E-Commerce</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>