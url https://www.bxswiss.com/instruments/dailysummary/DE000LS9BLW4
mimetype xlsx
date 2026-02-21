--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152a4a6e87894a73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b2058f3fa14fe7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R083d53694b7d4fbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R173dc7f5bed94213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb85a777b23594a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R083d53694b7d4fbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017b10072269417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R173dc7f5bed94213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien: Internet / E-Commerce</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>370,040</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>