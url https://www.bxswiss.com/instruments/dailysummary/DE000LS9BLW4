--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b2058f3fa14fe7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd89fac44852a4268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R173dc7f5bed94213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R405ef4d4b8944a2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017b10072269417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R173dc7f5bed94213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62bed1d7dea6429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R405ef4d4b8944a2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien: Internet / E-Commerce</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>