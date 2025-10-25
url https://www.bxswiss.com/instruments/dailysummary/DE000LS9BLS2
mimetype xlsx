--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca3cda1a99c344ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc861163866444b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R396ad9aec2e4453b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra43fb5d1cd1d46d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ae0fd92bf64990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R396ad9aec2e4453b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16c809e8d1864ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra43fb5d1cd1d46d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>debull`s Dickschiffe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>226,347</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>227,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>225,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>226,308</x:t>
-[...312 lines deleted...]
-        <x:is>
           <x:t>226,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,428</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>