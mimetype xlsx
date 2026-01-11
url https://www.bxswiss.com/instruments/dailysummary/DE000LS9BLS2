--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc861163866444b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21dbeb39ecd84cb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra43fb5d1cd1d46d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1e0aa2c8cb24280"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16c809e8d1864ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra43fb5d1cd1d46d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R525d0b3d8b024eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1e0aa2c8cb24280" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>debull`s Dickschiffe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>230,505</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>