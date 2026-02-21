--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21dbeb39ecd84cb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5f273a741744c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1e0aa2c8cb24280"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8aeade165b642d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R525d0b3d8b024eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1e0aa2c8cb24280" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d2d57f10e204dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8aeade165b642d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>debull`s Dickschiffe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>235,905</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>