--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5f273a741744c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R319c4c16d73b4c07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8aeade165b642d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b543f90f3f4c6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d2d57f10e204dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8aeade165b642d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b315708fba04f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b543f90f3f4c6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>debull`s Dickschiffe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,507</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>