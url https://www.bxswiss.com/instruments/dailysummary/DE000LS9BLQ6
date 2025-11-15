--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5bf72efbb34616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ced8cfc1b984216" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31a8e7b9c364a6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd20f483dd4c49ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f9d8d529054aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31a8e7b9c364a6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1161709a028d4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd20f483dd4c49ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,887</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>