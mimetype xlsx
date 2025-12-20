--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ced8cfc1b984216" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75956fdae1244b97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd20f483dd4c49ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39fd7915058e4e76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1161709a028d4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd20f483dd4c49ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec50da2185724bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39fd7915058e4e76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...301 lines deleted...]
-          <x:t>185,577</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,295</x:t>
-[...328 lines deleted...]
-          <x:t>176,313</x:t>
+          <x:t>184,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>