--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75956fdae1244b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5646b7da1cc140f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39fd7915058e4e76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra94b2ef2223b41c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec50da2185724bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39fd7915058e4e76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba504c4def944f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra94b2ef2223b41c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>