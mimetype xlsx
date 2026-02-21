--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5646b7da1cc140f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d10d6a51362416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra94b2ef2223b41c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R405b502c0d9f4494"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba504c4def944f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra94b2ef2223b41c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48cb46bcf4f54825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R405b502c0d9f4494" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>196,232</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>