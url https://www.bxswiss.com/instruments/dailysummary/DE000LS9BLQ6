--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d10d6a51362416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra17831a458084d72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R405b502c0d9f4494"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26accec376f649c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48cb46bcf4f54825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R405b502c0d9f4494" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ceb8d91ffaa4d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26accec376f649c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>