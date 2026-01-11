--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34537a139cca446a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80175a60be76455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca574e00e6c4ce0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f27a604d5c94109"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd95c2423ce634a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca574e00e6c4ce0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re058882a420d4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f27a604d5c94109" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI-Investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>275,982</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>