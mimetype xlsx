--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80175a60be76455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a00b431cadd45cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f27a604d5c94109"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae7969909e5040f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re058882a420d4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f27a604d5c94109" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf985b13c066a4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae7969909e5040f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI-Investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>235,015</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>