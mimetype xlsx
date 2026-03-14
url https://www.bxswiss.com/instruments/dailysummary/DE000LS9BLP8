--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a00b431cadd45cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61caa4179df9491f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae7969909e5040f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R206615c255554627"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf985b13c066a4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae7969909e5040f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc22e64f4d984508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R206615c255554627" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI-Investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>