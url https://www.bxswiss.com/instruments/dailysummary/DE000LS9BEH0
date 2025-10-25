--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f7b3c974b544dc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7daf1b1fd8947cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a3eb96c4624066"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd720c8bc0281480a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b4dfc33d454273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a3eb96c4624066" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7420f6d94eba433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd720c8bc0281480a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ANT1 FRAG - HPS worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BEH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,768</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,943</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>