--- v1 (2025-10-25)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7daf1b1fd8947cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4788b3fd0ec54dd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd720c8bc0281480a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14cffe0cbf29445d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7420f6d94eba433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd720c8bc0281480a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229d9d8de3be44ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14cffe0cbf29445d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ANT1 FRAG - HPS worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BEH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>197,844</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>