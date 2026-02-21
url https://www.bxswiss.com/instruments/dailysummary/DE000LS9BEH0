--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4788b3fd0ec54dd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef3241a87f84d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14cffe0cbf29445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33f83e70aff14e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229d9d8de3be44ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14cffe0cbf29445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a3eaeb58898466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33f83e70aff14e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ANT1 FRAG - HPS worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BEH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>201,241</x:t>
-[...252 lines deleted...]
-          <x:t>202,320</x:t>
+          <x:t>200,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>