--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef3241a87f84d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59084fd6b6e54faa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33f83e70aff14e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ef5ef5dfa2e462e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a3eaeb58898466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33f83e70aff14e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5fbebbcc73b46f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ef5ef5dfa2e462e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ANT1 FRAG - HPS worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BEH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>