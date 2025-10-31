--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re269dd197cfa45bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda35363169224d6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a8f80588c1f4e42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd59313faf903439c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b4049bea11f4776" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a8f80588c1f4e42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ebc5aa320ec444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd59313faf903439c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BEG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>980,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>995,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>979,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>986,988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.022,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.025,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.002,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.012,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.028,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>