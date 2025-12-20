--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda35363169224d6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fbbb59eea5f4ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd59313faf903439c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dd87c3ad7a04234"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ebc5aa320ec444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd59313faf903439c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3ff886cd80a47be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dd87c3ad7a04234" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BEG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.083,863</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>