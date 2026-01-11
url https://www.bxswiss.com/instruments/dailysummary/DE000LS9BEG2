--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fbbb59eea5f4ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba00730057d54151" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dd87c3ad7a04234"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037c518478e840c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3ff886cd80a47be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dd87c3ad7a04234" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R990b973d96094c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037c518478e840c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BEG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.080,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.082,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.069,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.082,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.057,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.079,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.054,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.074,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>