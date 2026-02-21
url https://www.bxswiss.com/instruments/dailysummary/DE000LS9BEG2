--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba00730057d54151" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf84c4a8568c84674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037c518478e840c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R632d7718b29f43eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R990b973d96094c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037c518478e840c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d807e85bb444651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R632d7718b29f43eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BEG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.115,590</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.051,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>