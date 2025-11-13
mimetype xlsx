--- v0 (2025-10-03)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref72c9a33fe844eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b4a489e4894435" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e7d8f190bee4936"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ba3d6d1dec44947"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ea9422813494262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e7d8f190bee4936" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25d0ddd0e5d24d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ba3d6d1dec44947" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum mit nur einer Aktie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BDT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>20,360</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,564</x:t>
-[...387 lines deleted...]
-          <x:t>20,578</x:t>
+          <x:t>20,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>