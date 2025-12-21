--- v1 (2025-11-13)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b4a489e4894435" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde4a9d0d541b4d32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ba3d6d1dec44947"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdfe83aed4c443bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25d0ddd0e5d24d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ba3d6d1dec44947" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2502e031f384d16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdfe83aed4c443bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum mit nur einer Aktie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BDT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...436 lines deleted...]
-          <x:t>20,417</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,295</x:t>
-[...65 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>20,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,782</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>20,536</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>