--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde4a9d0d541b4d32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c66f46b6e7b4228" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdfe83aed4c443bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b05e034e2c49cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2502e031f384d16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdfe83aed4c443bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe0c473b842d49fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b05e034e2c49cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum mit nur einer Aktie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BDT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>20,717</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,683</x:t>
-[...16 lines deleted...]
-          <x:t>20,725</x:t>
+          <x:t>20,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,652</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-          <x:t>20,803</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,779</x:t>
-[...112 lines deleted...]
-          <x:t>20,734</x:t>
+          <x:t>21,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>