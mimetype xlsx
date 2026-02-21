--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c66f46b6e7b4228" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894535f97ea24aa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b05e034e2c49cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra106798973dd4143"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe0c473b842d49fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b05e034e2c49cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e1d788bd05748c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra106798973dd4143" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum mit nur einer Aktie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BDT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>21,047</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>