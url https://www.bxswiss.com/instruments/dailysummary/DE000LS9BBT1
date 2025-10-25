--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6763c7527e4c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdb9cf52b1f24afb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R408990da2c8f47bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ae5a92f880342ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b0ee0bc1fee4c49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R408990da2c8f47bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41bde6f2588f429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ae5a92f880342ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch und Diversifiziert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BBT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,986</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>