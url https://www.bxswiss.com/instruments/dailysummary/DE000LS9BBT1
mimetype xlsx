--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdb9cf52b1f24afb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51976cc3a494bb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ae5a92f880342ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra523dfb69a364807"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41bde6f2588f429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ae5a92f880342ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d9af11f7114b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra523dfb69a364807" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch und Diversifiziert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BBT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>