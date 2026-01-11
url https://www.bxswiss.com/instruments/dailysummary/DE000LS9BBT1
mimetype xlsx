--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51976cc3a494bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439cb44b01f24d91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra523dfb69a364807"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb50b7ab596d04c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d9af11f7114b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra523dfb69a364807" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6eacf8b277b44b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb50b7ab596d04c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch und Diversifiziert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BBT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>319,695</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>