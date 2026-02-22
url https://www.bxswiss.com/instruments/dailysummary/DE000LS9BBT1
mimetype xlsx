--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439cb44b01f24d91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd188d3b2de614c82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb50b7ab596d04c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ebbc722b7448e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6eacf8b277b44b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb50b7ab596d04c68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc0471075d84caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ebbc722b7448e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch und Diversifiziert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BBT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>328,984</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>325,554</x:t>
-[...301 lines deleted...]
-          <x:t>333,186</x:t>
+          <x:t>329,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>