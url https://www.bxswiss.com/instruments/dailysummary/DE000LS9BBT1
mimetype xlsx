--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd188d3b2de614c82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d2a721a77ff4573" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ebbc722b7448e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1dcd35f56424a98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc0471075d84caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ebbc722b7448e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9130b9a4c11e453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1dcd35f56424a98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch und Diversifiziert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BBT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>