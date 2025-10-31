--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R930cdc701c1e4564" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe3a1c13ea1a4c45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb00abcb6665e4b15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96396c00ab874f06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra141fe3137af4723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb00abcb6665e4b15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef2db5b2d894ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96396c00ab874f06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>In starke Marken investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>194,901</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,463</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>195,034</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,187</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...344 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,027</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>195,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>