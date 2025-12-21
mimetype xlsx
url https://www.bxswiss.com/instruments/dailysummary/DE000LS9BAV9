--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe3a1c13ea1a4c45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cc09ceee8d4f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96396c00ab874f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8db954675b8a4df1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef2db5b2d894ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96396c00ab874f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4264886a4ebf471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8db954675b8a4df1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>In starke Marken investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>190,366</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>