--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cc09ceee8d4f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb33d39af5d241d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8db954675b8a4df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d78a982c2694c4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4264886a4ebf471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8db954675b8a4df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172c250a841a4833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d78a982c2694c4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>In starke Marken investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>