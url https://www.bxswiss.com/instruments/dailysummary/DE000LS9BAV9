--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb33d39af5d241d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc34835312e62452f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d78a982c2694c4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbe7e2349e04639"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172c250a841a4833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d78a982c2694c4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbe9ca3b1f0e486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbe7e2349e04639" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>In starke Marken investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>181,531</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>