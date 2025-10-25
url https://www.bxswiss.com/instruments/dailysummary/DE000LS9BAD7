--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra72d67da630a4ff6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R855299f1f0264202" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d608221c1b14805"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R758aab9b602b43b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5cd8484d44249d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d608221c1b14805" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1adc7e021b64bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R758aab9b602b43b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Triple A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>