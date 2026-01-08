--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R855299f1f0264202" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53493348093b49ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R758aab9b602b43b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e54ffe109e4694"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1adc7e021b64bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R758aab9b602b43b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87d7189cd69e4881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e54ffe109e4694" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Triple A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>360,284</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>