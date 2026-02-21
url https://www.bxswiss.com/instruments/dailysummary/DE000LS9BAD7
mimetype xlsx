--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53493348093b49ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074d5d6049af409b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e54ffe109e4694"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62fab56097e24053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87d7189cd69e4881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e54ffe109e4694" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4c339588aa643af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62fab56097e24053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Triple A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>399,419</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>