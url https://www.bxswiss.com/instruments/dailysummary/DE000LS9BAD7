--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074d5d6049af409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd81eea230cec46b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62fab56097e24053"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R948b480f10ae4f7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4c339588aa643af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62fab56097e24053" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf448f3f834434d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R948b480f10ae4f7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Triple A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>