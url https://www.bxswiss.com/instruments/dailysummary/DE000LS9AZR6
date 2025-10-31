--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4d63a904eac4626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad6ee5c82714bd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c7131134f64c43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37906edaba174024"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R116123a10fb84714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c7131134f64c43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a12e95eebfe4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37906edaba174024" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Globales Dividenden Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AZR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>