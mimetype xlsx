--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad6ee5c82714bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78bd5b6538fe4003" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37906edaba174024"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc80f44e3fb8a4cbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a12e95eebfe4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37906edaba174024" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fe14076bb6d4ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc80f44e3fb8a4cbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Globales Dividenden Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AZR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>231,449</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>