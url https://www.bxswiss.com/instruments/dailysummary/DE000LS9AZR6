--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78bd5b6538fe4003" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b8a9e2877f54fa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc80f44e3fb8a4cbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31565427d7be4eb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fe14076bb6d4ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc80f44e3fb8a4cbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3142ef3de78e45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31565427d7be4eb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Globales Dividenden Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AZR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>