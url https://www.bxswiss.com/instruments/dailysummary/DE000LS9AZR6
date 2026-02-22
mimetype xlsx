--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b8a9e2877f54fa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ebc9e3471284f91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31565427d7be4eb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbafb18952b684fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3142ef3de78e45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31565427d7be4eb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f1ab4f820945e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbafb18952b684fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Globales Dividenden Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AZR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>233,353</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>235,426</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>