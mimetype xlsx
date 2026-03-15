--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ebc9e3471284f91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R070bccce03a94775" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbafb18952b684fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re097ce65accd485e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f1ab4f820945e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbafb18952b684fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R388ddbf188324294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re097ce65accd485e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Globales Dividenden Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AZR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,562</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>234,769</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>