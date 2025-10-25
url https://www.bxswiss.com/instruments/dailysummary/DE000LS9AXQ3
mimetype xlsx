--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dc19087ca1b432c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aa2472cb9fb4810" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea891927c0d846cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037bf5fc6627492b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dca923faa347fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea891927c0d846cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463d0b79ccd2433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037bf5fc6627492b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stroh zu Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>