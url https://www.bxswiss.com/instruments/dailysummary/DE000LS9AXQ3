--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aa2472cb9fb4810" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea3b5c377b14e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037bf5fc6627492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d411af9da244cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463d0b79ccd2433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037bf5fc6627492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R650dd61b3ade4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d411af9da244cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stroh zu Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>201,891</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>