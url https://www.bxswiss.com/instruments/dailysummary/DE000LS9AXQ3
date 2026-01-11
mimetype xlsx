--- v2 (2026-01-08)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea3b5c377b14e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb982c515c0cd4172" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d411af9da244cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1665c9ba78b549cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R650dd61b3ade4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d411af9da244cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R250b0ffe6e824935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1665c9ba78b549cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stroh zu Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,824</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +548,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>