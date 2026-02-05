--- v3 (2026-01-11)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb982c515c0cd4172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ec6b4297654768" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1665c9ba78b549cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fb50b9e53b5410a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R250b0ffe6e824935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1665c9ba78b549cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd86f6179abb14d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fb50b9e53b5410a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stroh zu Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>