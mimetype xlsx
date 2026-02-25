--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ec6b4297654768" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311102fa359b4cc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fb50b9e53b5410a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d7b22029e34d42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd86f6179abb14d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fb50b9e53b5410a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b17526f854f4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d7b22029e34d42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stroh zu Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>