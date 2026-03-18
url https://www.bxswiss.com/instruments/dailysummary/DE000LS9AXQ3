--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311102fa359b4cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R987c8ff77f804224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d7b22029e34d42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R745b5dfd994a4a45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b17526f854f4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d7b22029e34d42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c33915939cd4544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R745b5dfd994a4a45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stroh zu Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>