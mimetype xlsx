--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb754d95b587c4780" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d6cf84e0c94776" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2df007fa678b4fe1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47339faa49db481f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f660bbd65043ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2df007fa678b4fe1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44828c075f174489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47339faa49db481f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Rated Unternehmen Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>