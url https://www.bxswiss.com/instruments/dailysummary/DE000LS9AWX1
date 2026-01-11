--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d6cf84e0c94776" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53545e95c69e45e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47339faa49db481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab08fe2fd8e3428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44828c075f174489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47339faa49db481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44ee3c945264c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab08fe2fd8e3428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Rated Unternehmen Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>365,003</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>