--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53545e95c69e45e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce34d37c92c413a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab08fe2fd8e3428f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd436ec04f004a8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44ee3c945264c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab08fe2fd8e3428f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6f15cc9d65f43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd436ec04f004a8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Rated Unternehmen Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>385,049</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>