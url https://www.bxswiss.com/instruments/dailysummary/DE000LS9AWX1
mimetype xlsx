--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce34d37c92c413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R656df8d81c95479e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd436ec04f004a8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R397222cce2454b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6f15cc9d65f43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd436ec04f004a8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf0b7c6372f43d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R397222cce2454b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Rated Unternehmen Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>