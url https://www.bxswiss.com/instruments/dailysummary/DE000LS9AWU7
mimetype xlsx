--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a15e43a9c9b40de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7e4c1863834b52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce69147782f44d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1afde6cfd664d2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R951d264e29ba41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce69147782f44d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca4c951213c84b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1afde6cfd664d2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuemine B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>150,565</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>