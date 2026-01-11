--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7e4c1863834b52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18353b0abe18487a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1afde6cfd664d2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d6ba608e3954738"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca4c951213c84b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1afde6cfd664d2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb19ae6c4bf646f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d6ba608e3954738" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuemine B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,176 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>167,607</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,786</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...236 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,727</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>