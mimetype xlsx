--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18353b0abe18487a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fa11d3fb9ac477d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d6ba608e3954738"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R118912d220d14809"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb19ae6c4bf646f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d6ba608e3954738" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad358f5de02646e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R118912d220d14809" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuemine B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,346</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>167,667</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>