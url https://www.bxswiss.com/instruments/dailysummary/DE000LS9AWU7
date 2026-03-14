--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fa11d3fb9ac477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eed3f3f7f844f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R118912d220d14809"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R240d1bc63e0a48e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad358f5de02646e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R118912d220d14809" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7314e9ebc784476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R240d1bc63e0a48e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuemine B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>