--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbce57fc7117946e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725dc4b87aa74dbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc676413bfecd4900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd85e0bf302464a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9cf74bd2be1489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc676413bfecd4900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c53431f639f4306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd85e0bf302464a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>