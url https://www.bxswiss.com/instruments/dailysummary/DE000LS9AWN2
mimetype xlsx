--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725dc4b87aa74dbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49e06a085f2045d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd85e0bf302464a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78e940f05bbe46df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c53431f639f4306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd85e0bf302464a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R737e737a70b94c95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78e940f05bbe46df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>179,133</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>