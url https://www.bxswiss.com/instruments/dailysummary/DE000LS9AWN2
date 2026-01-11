--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49e06a085f2045d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R188b6ca61b9f4b7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78e940f05bbe46df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfabec077014b4fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R737e737a70b94c95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78e940f05bbe46df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8af400e6d6c4dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfabec077014b4fd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>175,825</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,755</x:t>
-[...463 lines deleted...]
-          <x:t>176,385</x:t>
+          <x:t>176,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>