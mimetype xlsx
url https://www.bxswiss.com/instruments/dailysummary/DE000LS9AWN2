--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R188b6ca61b9f4b7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabb2176e30c14c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfabec077014b4fd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b3561e03d6543ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8af400e6d6c4dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfabec077014b4fd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf66fac80da4839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b3561e03d6543ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>176,173</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,347</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>180,960</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>