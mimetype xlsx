--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabb2176e30c14c0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8352620e844114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b3561e03d6543ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R468c5f2a5a0f4243"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf66fac80da4839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b3561e03d6543ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f568352b9f4012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R468c5f2a5a0f4243" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,607</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>