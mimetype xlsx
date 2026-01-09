--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re347d30530c74fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bbd2820741149f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a6310e2d1c94f8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra595652db02140b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4df6613876f7408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a6310e2d1c94f8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c6dfb1e0c154ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra595652db02140b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AVX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3.783,560</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.711,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.731,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.706,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.718,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.719,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.764,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.708,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.757,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.757,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.757,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.728,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.722,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.737,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.704,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.715,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.736,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.756,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.713,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.723,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.742,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.756,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.725,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.739,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.693,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.695,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.646,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.653,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.715,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.720,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.667,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.677,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.670,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.709,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.662,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.707,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.734,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.732,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.743,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.744,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.714,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.733,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.729,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.737,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.713,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.722,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.707,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.679,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.977,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.977,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.705,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.727,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.811,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.815,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.792,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.803,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.830,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.839,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.804,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.808,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.839,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.878,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.823,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.876,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.909,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.910,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.865,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.898,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>