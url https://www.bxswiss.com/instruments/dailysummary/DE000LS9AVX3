--- v1 (2026-01-09)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bbd2820741149f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1204bd5bf4a4145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra595652db02140b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9925fa8f5bb84aa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c6dfb1e0c154ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra595652db02140b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40cec646c1d24041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9925fa8f5bb84aa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AVX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>3.898,768</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.981,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.020,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.958,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.015,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.050,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.065,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.029,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.059,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.088,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.110,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.074,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.086,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.058,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.071,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.035,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.053,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.080,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.082,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.044,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.071,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.096,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.096,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.042,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.057,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.027,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.033,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.921,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.945,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.923,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.955,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.897,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.924,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.855,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.937,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.837,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.930,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.961,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.972,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.878,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.886,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.807,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.827,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.786,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.788,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.705,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.708,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.605,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.625,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.654,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.668,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.654,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.666,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.675,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.676,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.633,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.673,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.659,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.670,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.626,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.665,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.637,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.705,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.628,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.690,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.930,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.945,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.639,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.639,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.643,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.658,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.603,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.649,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.644,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.660,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.639,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.648,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.649,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.708,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.631,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.697,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.642,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.703,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.603,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.699,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.702,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.738,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.686,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.723,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.722,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.737,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.688,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.712,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>