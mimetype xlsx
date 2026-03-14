--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1204bd5bf4a4145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R962842acb8e74bed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9925fa8f5bb84aa5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8313e49d4b9419c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40cec646c1d24041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9925fa8f5bb84aa5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e3b85d332234c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8313e49d4b9419c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AVX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.659,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.670,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.626,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.665,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.722,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.737,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.688,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.712,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.680,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.654,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.668,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.667,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.689,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.654,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.688,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.672,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.693,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.668,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.678,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.678,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.693,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.610,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.651,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.658,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.665,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.611,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.637,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.626,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.651,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.608,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.630,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.571,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.578,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.484,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.486,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.473,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.499,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.452,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.470,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.477,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.484,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.465,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.473,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.481,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.494,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.439,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.446,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.459,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.471,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.438,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.459,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.438,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.447,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.416,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.438,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.417,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.450,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.413,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.444,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.482,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.537,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.479,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.528,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.539,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.539,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.509,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.523,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>