--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ab54e2f8a54db7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51c16d4874c4296" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78746e338e174905"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b2b3f8485d499d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ac4626e2ec4731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78746e338e174905" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9cf49b291b14476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b2b3f8485d499d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrückkäufe und Dividendenerhöhungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AVB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>202,270</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,471</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>229,340</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>