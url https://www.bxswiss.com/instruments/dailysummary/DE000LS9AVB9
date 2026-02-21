--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51c16d4874c4296" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d5d27b3fb71403f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b2b3f8485d499d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra014ae5c6b6b4aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9cf49b291b14476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b2b3f8485d499d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6f4b60cbed40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra014ae5c6b6b4aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrückkäufe und Dividendenerhöhungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AVB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>224,875</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>