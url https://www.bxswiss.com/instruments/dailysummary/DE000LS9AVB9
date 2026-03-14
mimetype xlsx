--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d5d27b3fb71403f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16e2d768452444a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra014ae5c6b6b4aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cc9738c247b4585"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6f4b60cbed40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra014ae5c6b6b4aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ffb7def468d4e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cc9738c247b4585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrückkäufe und Dividendenerhöhungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AVB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>