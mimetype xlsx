--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41eaec17812b425d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7deb5c803a0474d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6f12332a84049f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb73cb65a1b4d4c37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15fef5168b4048c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6f12332a84049f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf5c2a9319bd4c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb73cb65a1b4d4c37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.825,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.833,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.820,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.828,334</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.928,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.929,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.896,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.905,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.894,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.906,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.890,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.901,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.936,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.926,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.961,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.903,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.883,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.901,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.883,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.890,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.883,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>