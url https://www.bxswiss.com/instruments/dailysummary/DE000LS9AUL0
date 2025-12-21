--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7deb5c803a0474d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fb3e4478f464f1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb73cb65a1b4d4c37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028ee48a314a42d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf5c2a9319bd4c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb73cb65a1b4d4c37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R593f5e2afaf74e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028ee48a314a42d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.879,470</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.887,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>