--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fb3e4478f464f1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915b4eb7b765409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028ee48a314a42d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd234bd144e2843e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R593f5e2afaf74e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028ee48a314a42d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2d2c67b3a5f4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd234bd144e2843e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.871,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.872,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.849,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.862,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.871,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.878,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.864,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.872,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>