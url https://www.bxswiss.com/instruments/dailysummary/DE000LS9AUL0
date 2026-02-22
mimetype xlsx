--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915b4eb7b765409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5f538aceed4823" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd234bd144e2843e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b4b316f22de4725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2d2c67b3a5f4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd234bd144e2843e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27803ecb9d364ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b4b316f22de4725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.871,487</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.816,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.747,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>