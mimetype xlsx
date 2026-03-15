--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5f538aceed4823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re41ac72b602c4427" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b4b316f22de4725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e200b9c749496b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27803ecb9d364ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b4b316f22de4725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fd18aecdc614eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e200b9c749496b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,171 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...419 lines deleted...]
-          <x:t>1.643,490</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.651,741</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...123 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.633,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.651,343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.656,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.657,662</x:t>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.665,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.671,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.654,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.665,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>