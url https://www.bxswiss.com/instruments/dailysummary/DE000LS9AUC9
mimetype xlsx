--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cfd1c118064641" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R976af7e332c14dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccdb695f4a94ed4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23d0b586ae0a44e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880f748e72354cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccdb695f4a94ed4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8feb0992ae394852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23d0b586ae0a44e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marathon Aktienbasket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>165,326</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,346</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>162,128</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,610</x:t>
-[...247 lines deleted...]
-          <x:t>164,010</x:t>
+          <x:t>163,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>