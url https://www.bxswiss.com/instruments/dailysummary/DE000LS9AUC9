--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R976af7e332c14dc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c423aa2302c4f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23d0b586ae0a44e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc211ef69b51b4aea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8feb0992ae394852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23d0b586ae0a44e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3948c7a2c73e4b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc211ef69b51b4aea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marathon Aktienbasket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>161,121</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,749</x:t>
-[...571 lines deleted...]
-          <x:t>162,284</x:t>
+          <x:t>160,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>