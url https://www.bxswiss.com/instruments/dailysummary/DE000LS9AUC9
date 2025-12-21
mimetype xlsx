--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c423aa2302c4f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e5db38302e4759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc211ef69b51b4aea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R013e781148474a61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3948c7a2c73e4b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc211ef69b51b4aea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82887c8aff344ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R013e781148474a61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marathon Aktienbasket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...220 lines deleted...]
-          <x:t>161,150</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,064</x:t>
-[...409 lines deleted...]
-          <x:t>156,230</x:t>
+          <x:t>161,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>