--- v3 (2025-12-21)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e5db38302e4759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e4291a954f4374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R013e781148474a61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69503bf8418c4dd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82887c8aff344ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R013e781148474a61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d28b4ad11b84ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69503bf8418c4dd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marathon Aktienbasket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...446 lines deleted...]
-          <x:t>160,317</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,002</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>160,772</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>161,367</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>