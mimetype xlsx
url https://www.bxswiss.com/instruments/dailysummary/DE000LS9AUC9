--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e4291a954f4374" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae7232a677334908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69503bf8418c4dd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ec04e2df584f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d28b4ad11b84ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69503bf8418c4dd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd9dc2c03b9460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ec04e2df584f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marathon Aktienbasket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>