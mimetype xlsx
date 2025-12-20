--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d5bd74629694157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R494233d1fb7a4899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827b45d2560147ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra30de2d306db485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd67916d410394945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827b45d2560147ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b3f87537fd4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra30de2d306db485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nahrung Energie Kommunikation PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>137,963</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,192</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>138,229</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,861</x:t>
-[...139 lines deleted...]
-          <x:t>137,740</x:t>
+          <x:t>137,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>