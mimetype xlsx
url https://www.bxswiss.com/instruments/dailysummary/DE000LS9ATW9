--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R494233d1fb7a4899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020e47f2545e4974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra30de2d306db485b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6777a2fd7d9b40d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b3f87537fd4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra30de2d306db485b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re25f7d7928e94a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6777a2fd7d9b40d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nahrung Energie Kommunikation PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>