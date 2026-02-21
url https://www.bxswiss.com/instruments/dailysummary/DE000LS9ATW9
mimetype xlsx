--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020e47f2545e4974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f653b34d35444e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6777a2fd7d9b40d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reafc0c69b06a47d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re25f7d7928e94a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6777a2fd7d9b40d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b3fc50bacf40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reafc0c69b06a47d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nahrung Energie Kommunikation PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>136,151</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,056</x:t>
-[...97 lines deleted...]
-          <x:t>136,689</x:t>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,104</x:t>
-[...107 lines deleted...]
-          <x:t>136,753</x:t>
+          <x:t>135,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>