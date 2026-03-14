--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f653b34d35444e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43f99568fdf44f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reafc0c69b06a47d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4c23df4e944183"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b3fc50bacf40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reafc0c69b06a47d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0462d110512c4b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4c23df4e944183" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nahrung Energie Kommunikation PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>