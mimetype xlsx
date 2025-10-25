--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc599783db53b4332" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c1043c37e241e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aadd0f6448a4de3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d4bd096b08149a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb324d5054269407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aadd0f6448a4de3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re52b7c46b99b4ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d4bd096b08149a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Steigende Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>264,036</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>263,968</x:t>
-[...571 lines deleted...]
-          <x:t>266,662</x:t>
+          <x:t>265,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>