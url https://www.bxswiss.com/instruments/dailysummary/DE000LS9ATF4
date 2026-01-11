--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c1043c37e241e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc856327a1f4868" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d4bd096b08149a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61178a0063bd4a31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re52b7c46b99b4ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d4bd096b08149a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880b7db5ab1d4b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61178a0063bd4a31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Steigende Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>265,897</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>