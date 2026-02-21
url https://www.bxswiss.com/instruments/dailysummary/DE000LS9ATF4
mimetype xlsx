--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc856327a1f4868" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7546f46bd004b17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61178a0063bd4a31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0bf3b21a5a34b42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880b7db5ab1d4b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61178a0063bd4a31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334222da92484413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0bf3b21a5a34b42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Steigende Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>269,887</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>