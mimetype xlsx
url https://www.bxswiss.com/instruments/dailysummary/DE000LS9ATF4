--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7546f46bd004b17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5b1ab591a946e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0bf3b21a5a34b42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67ca50fe42db406d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334222da92484413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0bf3b21a5a34b42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a95099d16484ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67ca50fe42db406d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Steigende Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>262,780</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>261,929</x:t>
-[...533 lines deleted...]
-        <x:is>
           <x:t>266,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>