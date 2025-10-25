--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6edf2363655482d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f80f28b8474417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7750c0d4122c4803"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c9d2f9489b146e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6b332ce8c14431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7750c0d4122c4803" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff355dbb84dd4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c9d2f9489b146e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,429</x:t>
-[...603 lines deleted...]
-          <x:t>121,613</x:t>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>