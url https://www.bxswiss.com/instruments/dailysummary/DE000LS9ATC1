--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f80f28b8474417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R846fe3f7f9da4614" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c9d2f9489b146e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d58950961d4812"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff355dbb84dd4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c9d2f9489b146e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ddfab8f41cb44b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d58950961d4812" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>