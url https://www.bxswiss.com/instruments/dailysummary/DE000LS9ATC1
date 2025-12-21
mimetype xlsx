--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R846fe3f7f9da4614" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b2b83b2bdb46e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d58950961d4812"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R251583186fe24c24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ddfab8f41cb44b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d58950961d4812" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf29562f600b046df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R251583186fe24c24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...377 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,348</x:t>
-[...252 lines deleted...]
-          <x:t>120,650</x:t>
+          <x:t>121,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>