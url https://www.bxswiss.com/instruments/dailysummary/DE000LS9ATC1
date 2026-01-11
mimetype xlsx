--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b2b83b2bdb46e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d54517997c248e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R251583186fe24c24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re847d2cc99dd423c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf29562f600b046df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R251583186fe24c24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07761a15dc5b4963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re847d2cc99dd423c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>