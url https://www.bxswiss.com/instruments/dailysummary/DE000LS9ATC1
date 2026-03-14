--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d54517997c248e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aea2939018d4a9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re847d2cc99dd423c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c86753cb026402d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07761a15dc5b4963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re847d2cc99dd423c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a1954c93a204413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c86753cb026402d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,643</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>