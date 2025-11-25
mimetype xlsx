--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf840561b0c904bdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdca68e04bd34e90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98162ba6c5454b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11b8649f0064312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2458d636b3824695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98162ba6c5454b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R082497e4d5c34e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11b8649f0064312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Chancen Mittelfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ARP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>206,483</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>