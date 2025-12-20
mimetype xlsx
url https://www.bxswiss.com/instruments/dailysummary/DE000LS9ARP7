--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdca68e04bd34e90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13c5cfc85c524b4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11b8649f0064312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0234f357298b48cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R082497e4d5c34e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11b8649f0064312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32b8bcc1680e4829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0234f357298b48cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Chancen Mittelfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ARP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>