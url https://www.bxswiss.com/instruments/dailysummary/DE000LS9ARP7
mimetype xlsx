--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13c5cfc85c524b4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bd3032aaa004a6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0234f357298b48cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e0451dff33c4b32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32b8bcc1680e4829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0234f357298b48cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf26b17699815423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e0451dff33c4b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Chancen Mittelfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ARP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>184,140</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,470</x:t>
-[...462 lines deleted...]
-        <x:is>
           <x:t>187,149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>