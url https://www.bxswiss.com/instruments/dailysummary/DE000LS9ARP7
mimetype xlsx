--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bd3032aaa004a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Race0922224d6420d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e0451dff33c4b32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R699486121d6245af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf26b17699815423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e0451dff33c4b32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c36f02e859468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R699486121d6245af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Chancen Mittelfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ARP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>202,647</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>