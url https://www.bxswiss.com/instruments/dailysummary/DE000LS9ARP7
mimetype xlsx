--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Race0922224d6420d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f68bf91a3bc4595" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R699486121d6245af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d1c160af1034257"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c36f02e859468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R699486121d6245af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde087c87a6f2461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d1c160af1034257" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Chancen Mittelfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ARP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>187,246</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,223</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...165 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,593</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>