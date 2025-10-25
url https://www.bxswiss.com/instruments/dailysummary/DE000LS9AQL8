--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc296b279271d4d06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8a0e6971f114b39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a31beeeb5ac4600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb96b6e0361e94316"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3feecb31a3cc4138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a31beeeb5ac4600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb648f64ef42e477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb96b6e0361e94316" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>