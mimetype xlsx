--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8a0e6971f114b39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R084ee6650a8b4628" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb96b6e0361e94316"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9a940ae8e3140a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb648f64ef42e477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb96b6e0361e94316" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0cd398a723c4786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9a940ae8e3140a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,392</x:t>
-[...134 lines deleted...]
-          <x:t>152,774</x:t>
+          <x:t>154,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,488</x:t>
-[...107 lines deleted...]
-          <x:t>152,880</x:t>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>