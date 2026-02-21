--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R084ee6650a8b4628" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6db32d51d334868" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9a940ae8e3140a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8783ce3231b4703"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0cd398a723c4786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9a940ae8e3140a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00f051730f7a4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8783ce3231b4703" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>162,580</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>