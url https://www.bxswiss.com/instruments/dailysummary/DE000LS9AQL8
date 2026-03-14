--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6db32d51d334868" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c50b440323742ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8783ce3231b4703"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9141c547451c4efd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00f051730f7a4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8783ce3231b4703" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fda2038140b4382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9141c547451c4efd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>155,579</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,784</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,628</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>