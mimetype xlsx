--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb292a0c757e64ed5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re53710ee44c948ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7f0bc6c8a143a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9051eb6f5bb949ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc2ebe8efc514769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7f0bc6c8a143a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84943e2445444d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9051eb6f5bb949ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9APT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>329,380</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>