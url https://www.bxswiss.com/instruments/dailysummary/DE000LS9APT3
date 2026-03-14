--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re53710ee44c948ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a66820a9fdf4a4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9051eb6f5bb949ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R486d02b71bad4a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84943e2445444d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9051eb6f5bb949ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2242653671154701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R486d02b71bad4a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9APT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>