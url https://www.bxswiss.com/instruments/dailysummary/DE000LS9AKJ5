--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5ab245c8fdd4b4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R727183f576c84dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re893fc044fc74865"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75f1a56dcefb48c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab75234067854d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re893fc044fc74865" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1967e3a2b7944901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75f1a56dcefb48c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AKJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>