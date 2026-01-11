--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R727183f576c84dfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re97c25bf17204dc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75f1a56dcefb48c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760575dddfe54a0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1967e3a2b7944901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75f1a56dcefb48c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5040349071784f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760575dddfe54a0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AKJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>284,026</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>