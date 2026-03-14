--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re97c25bf17204dc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e321a2d66f4f54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760575dddfe54a0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3914340155f94335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5040349071784f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760575dddfe54a0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec884c53a434e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3914340155f94335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AKJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>309,729</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>