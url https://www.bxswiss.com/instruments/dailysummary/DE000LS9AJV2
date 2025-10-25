--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee5eecd3b2a4784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8cdb40407649bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfced1f38d08437c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07d24e2465de46e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d56e69f3d204c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfced1f38d08437c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f121575b3b49a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07d24e2465de46e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETF-Werte des ICAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>