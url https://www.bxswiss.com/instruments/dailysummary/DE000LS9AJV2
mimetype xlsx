--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8cdb40407649bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca8c3d40ecc407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07d24e2465de46e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4db043e4c124312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f121575b3b49a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07d24e2465de46e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d80016cfbdd4669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4db043e4c124312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETF-Werte des ICAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>296,226</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>