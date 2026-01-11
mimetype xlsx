--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca8c3d40ecc407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2687079e4fe1491b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4db043e4c124312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf410769070a9428e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d80016cfbdd4669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4db043e4c124312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec5f494dac1a4583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf410769070a9428e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETF-Werte des ICAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>289,590</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>