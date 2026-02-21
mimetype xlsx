--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2687079e4fe1491b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb980b7d6954fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf410769070a9428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519baed2de69438f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec5f494dac1a4583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf410769070a9428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45e26d68f5e74512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519baed2de69438f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETF-Werte des ICAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,964</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>306,258</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>