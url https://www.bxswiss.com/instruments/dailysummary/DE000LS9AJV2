--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb980b7d6954fd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R374479eb880340de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519baed2de69438f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41d91e913664e33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45e26d68f5e74512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519baed2de69438f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d76d960650a42c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41d91e913664e33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETF-Werte des ICAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>