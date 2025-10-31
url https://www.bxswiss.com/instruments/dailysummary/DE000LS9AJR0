--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b2d6cc7ed341a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c0ed5a02f64a80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74ba230073a447d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce8458ace80f4787"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb566ed3614d7483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74ba230073a447d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ccf74e521d4b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce8458ace80f4787" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Dogs USA 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>195,278</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,021</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>194,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...100 lines deleted...]
-          <x:t>197,845</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>