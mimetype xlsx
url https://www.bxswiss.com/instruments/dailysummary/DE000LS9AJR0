--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c0ed5a02f64a80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff55d94c97c74ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce8458ace80f4787"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re234e68277a34e9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ccf74e521d4b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce8458ace80f4787" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c2c81de21034255" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re234e68277a34e9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Dogs USA 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>196,221</x:t>
-[...556 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>196,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>197,717</x:t>
-[...63 lines deleted...]
-          <x:t>196,983</x:t>
+          <x:t>196,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>