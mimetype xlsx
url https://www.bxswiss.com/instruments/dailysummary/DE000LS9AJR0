--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff55d94c97c74ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f12e2414574865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re234e68277a34e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a48c3dea2f341d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c2c81de21034255" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re234e68277a34e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3745dc65786a4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a48c3dea2f341d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Dogs USA 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...458 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,619</x:t>
-[...171 lines deleted...]
-          <x:t>197,755</x:t>
+          <x:t>199,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>