--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f12e2414574865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a14de2e56344419" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a48c3dea2f341d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17b56edc6aa4ca9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3745dc65786a4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a48c3dea2f341d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18d65964a07b4ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17b56edc6aa4ca9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Dogs USA 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,412</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>