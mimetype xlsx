--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a14de2e56344419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R520360e353064ba9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17b56edc6aa4ca9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd35778fd3a44170"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18d65964a07b4ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17b56edc6aa4ca9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d60c0d58b84250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd35778fd3a44170" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Dogs USA 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>196,771</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...100 lines deleted...]
-          <x:t>202,736</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>