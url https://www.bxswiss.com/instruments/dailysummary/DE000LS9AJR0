--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R520360e353064ba9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d5ae5c403d34728" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd35778fd3a44170"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re591e4d5286a4e5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d60c0d58b84250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd35778fd3a44170" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244023f5409848b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re591e4d5286a4e5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Dogs USA 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>203,552</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,671</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>204,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,086</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>