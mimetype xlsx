--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dbed63d798344c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9458515a752f4dc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf112ee6f34b0411d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42ecffc4935a4e25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9c175edf1a489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf112ee6f34b0411d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5279c6d6440d472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42ecffc4935a4e25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität, angelehnt an Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>653,780</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>