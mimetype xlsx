--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9458515a752f4dc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R783dad2120024cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42ecffc4935a4e25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4010225b6181493c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5279c6d6440d472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42ecffc4935a4e25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d6e27bd0e704421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4010225b6181493c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität, angelehnt an Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>670,025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>672,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>655,232</x:t>
-[...112 lines deleted...]
-          <x:t>689,146</x:t>
+          <x:t>673,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>