--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R783dad2120024cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b206bb093594afe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4010225b6181493c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8ab532c4f1b4f70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d6e27bd0e704421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4010225b6181493c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346192f6c8934b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8ab532c4f1b4f70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität, angelehnt an Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>673,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>676,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>668,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>674,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>686,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>695,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>685,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>691,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>