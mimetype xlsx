--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ced71b0ae744ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7a0cc30e79d4c1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2ca32be44e4a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba519b8059ea4dcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd8a7b76794440e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2ca32be44e4a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R165d10342fa64167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba519b8059ea4dcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX Werte-Minimum-Varianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AHC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>