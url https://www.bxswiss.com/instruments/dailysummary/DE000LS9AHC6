--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7a0cc30e79d4c1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59065d1cf8ef4ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba519b8059ea4dcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95b376e3aca148ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R165d10342fa64167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba519b8059ea4dcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73473bbfb2874276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95b376e3aca148ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX Werte-Minimum-Varianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AHC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>