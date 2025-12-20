--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59065d1cf8ef4ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f5ef6c26c334e18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95b376e3aca148ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra05ff47f55fe4fc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73473bbfb2874276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95b376e3aca148ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31c4c2346754be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra05ff47f55fe4fc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX Werte-Minimum-Varianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AHC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>242,928</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>