--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f5ef6c26c334e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ff39f69da34aa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra05ff47f55fe4fc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7bf5b62932492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31c4c2346754be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra05ff47f55fe4fc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab0d14b701c4862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7bf5b62932492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX Werte-Minimum-Varianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AHC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>