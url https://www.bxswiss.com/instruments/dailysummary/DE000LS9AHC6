--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ff39f69da34aa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0ed46ea6334b00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7bf5b62932492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6dffcc4c75e468b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab0d14b701c4862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7bf5b62932492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b49d577795b4b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6dffcc4c75e468b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX Werte-Minimum-Varianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AHC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>260,096</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>