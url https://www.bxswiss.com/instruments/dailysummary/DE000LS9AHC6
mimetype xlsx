--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0ed46ea6334b00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e46d4cd5cd47b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6dffcc4c75e468b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1beae56d9a4000"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b49d577795b4b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6dffcc4c75e468b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R131d97e2cdc54982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1beae56d9a4000" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX Werte-Minimum-Varianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AHC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>