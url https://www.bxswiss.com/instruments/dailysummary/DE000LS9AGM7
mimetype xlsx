--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47049ea3b6864ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca8b6fc35fa4ca7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf510e87abac3490a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ac6a5cb523b4e06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9afc1302931345ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf510e87abac3490a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc46ed31aa3394d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ac6a5cb523b4e06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kurschancen bei Turnaround-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>236,382</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>