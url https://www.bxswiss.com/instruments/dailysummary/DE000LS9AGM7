--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca8b6fc35fa4ca7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd653f96532c94fe1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ac6a5cb523b4e06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5be220aa0c943af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc46ed31aa3394d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ac6a5cb523b4e06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab8cbfe4609d4e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5be220aa0c943af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kurschancen bei Turnaround-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>