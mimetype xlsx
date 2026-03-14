--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd653f96532c94fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09689fcd2bf24efc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5be220aa0c943af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2ec3416d8d41b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab8cbfe4609d4e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5be220aa0c943af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98829ffe05fe4e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2ec3416d8d41b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kurschancen bei Turnaround-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>249,227</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>