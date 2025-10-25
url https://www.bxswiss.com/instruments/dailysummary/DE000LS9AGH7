--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8543685271954aa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9e5aac9e224440a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b2f111bb5eb4a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f76870025c74a32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5798719db8d9431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b2f111bb5eb4a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a6f90ab932548cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f76870025c74a32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Marken-Aktien &amp; Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>