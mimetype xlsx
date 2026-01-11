--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9e5aac9e224440a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra853b24be64d4a96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f76870025c74a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73719d5e689149f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a6f90ab932548cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f76870025c74a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162cc900a5b34dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73719d5e689149f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Marken-Aktien &amp; Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>275,158</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>