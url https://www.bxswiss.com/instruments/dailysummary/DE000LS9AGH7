--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra853b24be64d4a96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a9701b608c44c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73719d5e689149f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26690a2967694ae6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162cc900a5b34dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73719d5e689149f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R740c1107819a48f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26690a2967694ae6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Marken-Aktien &amp; Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>278,938</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>277,277</x:t>
-[...323 lines deleted...]
-          <x:t>281,463</x:t>
+          <x:t>277,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>