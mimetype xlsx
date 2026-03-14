--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a9701b608c44c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380987445cb44b65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26690a2967694ae6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7affb5e9cc79445f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R740c1107819a48f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26690a2967694ae6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5d56d10fe5348be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7affb5e9cc79445f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Marken-Aktien &amp; Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>