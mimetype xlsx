--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85526613ddbb4daa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5ac4471efa945b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R370c808ec8fa45b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c7c13f4a2b4890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0af681d122e4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R370c808ec8fa45b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d6a1635cc424a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c7c13f4a2b4890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale trendstarke Topaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>