--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5ac4471efa945b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3be8b755f1c4b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c7c13f4a2b4890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb28a6556c29844f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d6a1635cc424a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c7c13f4a2b4890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78c14b6d1e8049f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb28a6556c29844f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale trendstarke Topaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>355,272</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>