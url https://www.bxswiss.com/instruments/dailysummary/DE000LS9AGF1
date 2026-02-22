--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3be8b755f1c4b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7943120fa8b41e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb28a6556c29844f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba45dbf88a44d27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78c14b6d1e8049f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb28a6556c29844f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R046d2b17a7e34c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba45dbf88a44d27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale trendstarke Topaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>379,466</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>