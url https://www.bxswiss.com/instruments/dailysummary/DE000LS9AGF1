--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7943120fa8b41e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6beea774701a466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba45dbf88a44d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd8c0d6e95cf41b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R046d2b17a7e34c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba45dbf88a44d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c5ca4051da469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd8c0d6e95cf41b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale trendstarke Topaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>356,593</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>347,857</x:t>
-[...231 lines deleted...]
-        <x:is>
           <x:t>346,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,533</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>