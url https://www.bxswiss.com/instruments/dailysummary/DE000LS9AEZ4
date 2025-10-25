--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2ff11ac7f314926" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb33f9dbe4259410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40e4f21ea25c404e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb954a1d86624e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d9660d85684764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40e4f21ea25c404e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1db2ce5bd98415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb954a1d86624e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen vs. Risiken - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AEZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>