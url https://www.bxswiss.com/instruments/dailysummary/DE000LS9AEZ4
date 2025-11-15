--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb33f9dbe4259410e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e90616f8ec8427b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb954a1d86624e80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R614b1777b61e40ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1db2ce5bd98415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb954a1d86624e80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d6e6f279394f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R614b1777b61e40ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen vs. Risiken - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AEZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>