--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e90616f8ec8427b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5702af99f560400d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R614b1777b61e40ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6633cb4c2ac94148"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d6e6f279394f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R614b1777b61e40ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6123652924e74e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6633cb4c2ac94148" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen vs. Risiken - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AEZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,007</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>