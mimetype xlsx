--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5702af99f560400d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c55e2005c8e4ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6633cb4c2ac94148"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a7e6774bc3c4863"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6123652924e74e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6633cb4c2ac94148" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ef255fe69648f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a7e6774bc3c4863" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen vs. Risiken - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AEZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,392</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>