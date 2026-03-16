--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c55e2005c8e4ea0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ae7cf53b1340da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a7e6774bc3c4863"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccb72793fd264166"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ef255fe69648f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a7e6774bc3c4863" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf787836ddb7e4fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccb72793fd264166" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen vs. Risiken - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AEZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,746</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>