--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b44472b802f4c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42f7e0d19a724a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9636b7c4dd094147"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c120f2a225f4abe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re565acdd468847be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9636b7c4dd094147" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R164abbafc6ed4124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c120f2a225f4abe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental unterbewertete Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ADM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>