--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42f7e0d19a724a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf64aea382ba46c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c120f2a225f4abe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43006ea350af4caa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R164abbafc6ed4124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c120f2a225f4abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref0af031a3da45ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43006ea350af4caa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental unterbewertete Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ADM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>313,757</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>