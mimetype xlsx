--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf64aea382ba46c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20ad90cf23d54826" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43006ea350af4caa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb89edd4d7a4b4b00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref0af031a3da45ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43006ea350af4caa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R149871ba41c543ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb89edd4d7a4b4b00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental unterbewertete Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ADM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>