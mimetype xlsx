--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad731cd6d8d3446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b26fe6cef7241f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ecd2deb5624018"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0816ad74cb1147e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R149bccd598a14534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ecd2deb5624018" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f37a19f98244b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0816ad74cb1147e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LBBW 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LB2CW16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>86,750</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,630</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>87,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,880</x:t>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>86,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>87,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>