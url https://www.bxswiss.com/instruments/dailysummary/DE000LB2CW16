--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b26fe6cef7241f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc94a2356ca545e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0816ad74cb1147e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe91584627af4dd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f37a19f98244b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0816ad74cb1147e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e303c066024bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe91584627af4dd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LBBW 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LB2CW16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>87,475</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>