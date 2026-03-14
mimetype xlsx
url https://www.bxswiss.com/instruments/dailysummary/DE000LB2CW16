--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc94a2356ca545e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194ee925768e4f25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe91584627af4dd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945a2e1663bd4021"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e303c066024bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe91584627af4dd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2b3bce84c0a4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945a2e1663bd4021" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LBBW 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LB2CW16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,335</x:t>
-[...441 lines deleted...]
-          <x:t>86,735</x:t>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>