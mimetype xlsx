--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc952adb3c2c47ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9472739c644f5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a2ff7939b649f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974b11c03b15477a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c86715b56864706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a2ff7939b649f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R689eb2b6c9094214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974b11c03b15477a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LBBW 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LB2CLH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>98,610</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,610</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>98,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.10.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,650</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>98,660</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>98,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,660</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>16.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,660</x:t>
-[...16 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,640</x:t>
-[...70 lines deleted...]
-          <x:t>98,675</x:t>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,660</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>98,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>98,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>24.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,670</x:t>
-[...4 lines deleted...]
-          <x:t>98,670</x:t>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>