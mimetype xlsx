--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9472739c644f5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90635e009f3a4c6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974b11c03b15477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ed750b1610493a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R689eb2b6c9094214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974b11c03b15477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e194155b78f45bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ed750b1610493a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LBBW 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LB2CLH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...598 lines deleted...]
-          <x:t>98,755</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>98,755</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>