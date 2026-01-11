--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90635e009f3a4c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485e725052874cc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ed750b1610493a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8122c5a999184b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e194155b78f45bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ed750b1610493a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra692dcef2c6a482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8122c5a999184b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LBBW 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LB2CLH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,840</x:t>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>18.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,900</x:t>
-[...36 lines deleted...]
-          <x:t>98,880</x:t>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>