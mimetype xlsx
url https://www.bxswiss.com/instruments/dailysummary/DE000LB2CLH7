--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485e725052874cc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16135553de64814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8122c5a999184b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdc4c98631d24d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra692dcef2c6a482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8122c5a999184b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7024ac0dadb4eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdc4c98631d24d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LBBW 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LB2CLH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,005</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>