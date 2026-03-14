--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16135553de64814" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130f44961f51460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdc4c98631d24d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9023d0ac5204472f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7024ac0dadb4eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdc4c98631d24d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69656f74af804139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9023d0ac5204472f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LBBW 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LB2CLH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>99,145</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,145</x:t>
-[...11 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,160</x:t>
-[...4 lines deleted...]
-          <x:t>99,145</x:t>
+          <x:t>99,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>99,160</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,150</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>99,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,185</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>