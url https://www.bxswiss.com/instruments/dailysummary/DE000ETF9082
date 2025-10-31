--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40225c6db9b145f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba76732b2ac4324" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R886710c5faa64402"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c889c4d47434e52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ad92657349e4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R886710c5faa64402" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db5c3770b6f4ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c889c4d47434e52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi TecDAX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000ETF9082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>24,597</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,356</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>24,651</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,539</x:t>
-[...242 lines deleted...]
-          <x:t>24,983</x:t>
+          <x:t>24,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>