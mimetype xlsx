--- v1 (2025-10-31)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba76732b2ac4324" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0250535ac273495a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c889c4d47434e52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R927439984bce426f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db5c3770b6f4ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c889c4d47434e52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be775752e614499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R927439984bce426f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi TecDAX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000ETF9082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>24,355</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>