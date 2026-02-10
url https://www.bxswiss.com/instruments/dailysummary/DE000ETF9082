--- v2 (2025-12-31)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0250535ac273495a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc36ab8046d4998" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R927439984bce426f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf77f62768e294f0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be775752e614499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R927439984bce426f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0e4457061284aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf77f62768e294f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi TecDAX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000ETF9082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,070</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>08.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,378</x:t>
-[...301 lines deleted...]
-          <x:t>23,592</x:t>
+          <x:t>23,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,942</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>24,216</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>