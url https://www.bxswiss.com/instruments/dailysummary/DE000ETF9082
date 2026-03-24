--- v3 (2026-02-10)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc36ab8046d4998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d54cb1666c44a53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf77f62768e294f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e58262df37c4f78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0e4457061284aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf77f62768e294f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee80f43f04e4962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e58262df37c4f78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi TecDAX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000ETF9082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...458 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,297</x:t>
-[...117 lines deleted...]
-          <x:t>23,797</x:t>
+          <x:t>24,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>