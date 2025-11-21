--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8799fa4c2734737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8308f487a63b46b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc786fffe6dce452a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9e633c817447ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e500b3906642b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc786fffe6dce452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree7a6c6f73a34b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9e633c817447ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4VEV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>49,180</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,140</x:t>
-[...16 lines deleted...]
-          <x:t>51,670</x:t>
+          <x:t>50,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,410</x:t>
-[...544 lines deleted...]
-          <x:t>50,380</x:t>
+          <x:t>52,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>