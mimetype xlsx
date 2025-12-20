--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8308f487a63b46b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26625be3b2574472" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9e633c817447ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cc0c3fc1c9443da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree7a6c6f73a34b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9e633c817447ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5ee926a9cd49d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cc0c3fc1c9443da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4VEV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>51,900</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,740</x:t>
-[...308 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>52,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,650</x:t>
-[...144 lines deleted...]
-          <x:t>52,600</x:t>
+          <x:t>55,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>