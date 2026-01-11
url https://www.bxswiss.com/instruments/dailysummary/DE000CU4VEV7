--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26625be3b2574472" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbf27ef71334725" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cc0c3fc1c9443da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66d33efb796444b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5ee926a9cd49d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cc0c3fc1c9443da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a5cbea72e24d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66d33efb796444b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4VEV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,520</x:t>
-[...188 lines deleted...]
-          <x:t>56,690</x:t>
+          <x:t>56,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,450</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>55,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,200</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>