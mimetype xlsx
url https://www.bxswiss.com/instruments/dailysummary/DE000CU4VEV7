--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbf27ef71334725" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63cb9105f528487e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66d33efb796444b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91ad127ff274ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a5cbea72e24d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66d33efb796444b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da9a1b10d44415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91ad127ff274ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4VEV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,690</x:t>
-[...21 lines deleted...]
-          <x:t>57,090</x:t>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,990</x:t>
-[...205 lines deleted...]
-          <x:t>60,660</x:t>
+          <x:t>57,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,600</x:t>
-[...58 lines deleted...]
-          <x:t>61,050</x:t>
+          <x:t>58,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>