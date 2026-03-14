--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63cb9105f528487e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40466e2cf300448f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91ad127ff274ae3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4f7133520904436"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da9a1b10d44415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91ad127ff274ae3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be68f6755144c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4f7133520904436" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4VEV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,810</x:t>
-[...576 lines deleted...]
-          <x:t>65,250</x:t>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>