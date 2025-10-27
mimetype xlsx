--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9019cb3b13934002" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd24ef7073f143b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5896e7c5d70244bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634952f20dca4a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5bf283a2321428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5896e7c5d70244bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdef2bb99c164d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634952f20dca4a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EV53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,600</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,385</x:t>
-[...296 lines deleted...]
-          <x:t>5,415</x:t>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,405</x:t>
-[...16 lines deleted...]
-          <x:t>5,335</x:t>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,075</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>6,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>