--- v1 (2025-10-27)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd24ef7073f143b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f63b3ff87c34afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634952f20dca4a3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23a652beb48e4c62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdef2bb99c164d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634952f20dca4a3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R827360a7e9a74aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23a652beb48e4c62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EV53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>5,075</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>