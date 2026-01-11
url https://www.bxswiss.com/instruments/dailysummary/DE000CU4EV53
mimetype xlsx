--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f63b3ff87c34afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f6337197a44b52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23a652beb48e4c62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a0070b3e144743"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R827360a7e9a74aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23a652beb48e4c62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6928c1ff299f4fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a0070b3e144743" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EV53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,190</x:t>
-[...21 lines deleted...]
-          <x:t>4,120</x:t>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,200</x:t>
-[...146 lines deleted...]
-          <x:t>4,460</x:t>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,275</x:t>
-[...382 lines deleted...]
-          <x:t>4,255</x:t>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>