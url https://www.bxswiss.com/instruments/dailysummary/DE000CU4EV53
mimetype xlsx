--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f6337197a44b52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R340508b1eb2c4b6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a0070b3e144743"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c3e11ea635431e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6928c1ff299f4fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a0070b3e144743" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdd333c6a42f45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c3e11ea635431e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EV53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>4,510</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,290</x:t>
-[...33 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>5,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>