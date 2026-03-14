--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R340508b1eb2c4b6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc6f12d219564f29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c3e11ea635431e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5803bb59135b445f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdd333c6a42f45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c3e11ea635431e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ddc290ecd8a4ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5803bb59135b445f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EV53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>3,845</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>4,145</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>4,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,190</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>4,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>