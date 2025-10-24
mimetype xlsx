--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5673b2e27ae14893" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R146a35d80ffc4d2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R180b35efd1cd4600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94cc6edc0a64475a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb40a767e92e4f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R180b35efd1cd4600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d0ee5e885194c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94cc6edc0a64475a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>