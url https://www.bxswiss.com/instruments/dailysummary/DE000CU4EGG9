--- v1 (2025-10-24)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R146a35d80ffc4d2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1826f5cedf84e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94cc6edc0a64475a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c99ac99c44b48b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d0ee5e885194c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94cc6edc0a64475a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ffe88cfeaf4dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c99ac99c44b48b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>24,300</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>