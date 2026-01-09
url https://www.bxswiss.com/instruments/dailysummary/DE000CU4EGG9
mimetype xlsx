--- v2 (2026-01-09)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1826f5cedf84e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c9123b3b9e4e29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c99ac99c44b48b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215571894ae64154"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ffe88cfeaf4dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c99ac99c44b48b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3191e541bcc4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215571894ae64154" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>