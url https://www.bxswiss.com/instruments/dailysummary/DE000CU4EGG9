--- v3 (2026-01-09)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c9123b3b9e4e29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2aecdf16eae458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215571894ae64154"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16b102d39714fe1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3191e541bcc4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215571894ae64154" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f6d6ca133964918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16b102d39714fe1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>