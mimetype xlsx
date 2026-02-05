--- v4 (2026-01-11)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2aecdf16eae458c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356a095e37d24c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16b102d39714fe1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e2e5cc2f264d81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f6d6ca133964918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16b102d39714fe1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51bdf04c8664ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e2e5cc2f264d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>