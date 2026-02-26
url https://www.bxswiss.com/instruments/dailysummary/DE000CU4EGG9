--- v5 (2026-02-05)
+++ v6 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356a095e37d24c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re273dbef8a304dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e2e5cc2f264d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c9bffde9043462e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51bdf04c8664ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e2e5cc2f264d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47318cc777e34e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c9bffde9043462e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>49,075</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,995</x:t>
-[...485 lines deleted...]
-          <x:t>52,660</x:t>
+          <x:t>44,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>