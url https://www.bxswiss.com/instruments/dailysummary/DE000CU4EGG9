--- v6 (2026-02-26)
+++ v7 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re273dbef8a304dfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f73f18d1eab43d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c9bffde9043462e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d93f7d773b84919"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47318cc777e34e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c9bffde9043462e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3a5ee5b5d2a403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d93f7d773b84919" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>