--- v0 (2025-10-04)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb32d4963270848da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra129ac9862084940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb1c9321d69a4ead"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb387880ae94334"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86655bd0caf44ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb1c9321d69a4ead" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a1b90e918644cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb387880ae94334" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EEM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,715</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>