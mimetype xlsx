--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra129ac9862084940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3d088e8b8274a1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb387880ae94334"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5446ace75ff4119"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a1b90e918644cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb387880ae94334" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ddb2097e83d4691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5446ace75ff4119" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EEM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>