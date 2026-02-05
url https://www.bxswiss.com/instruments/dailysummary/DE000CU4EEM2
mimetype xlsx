--- v2 (2026-01-09)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3d088e8b8274a1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361c3c6460af4db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5446ace75ff4119"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9e081bfde804945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ddb2097e83d4691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5446ace75ff4119" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bec47797494434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9e081bfde804945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EEM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>