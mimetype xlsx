--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361c3c6460af4db7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b6c871f3cf40d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9e081bfde804945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf592a44132d42e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bec47797494434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9e081bfde804945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00595a8053314852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf592a44132d42e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EEM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>