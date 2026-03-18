--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b6c871f3cf40d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8669f35e40f4ad0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf592a44132d42e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb4cfef32d464f66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00595a8053314852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf592a44132d42e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4ff76ce9cac4686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb4cfef32d464f66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EEM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>