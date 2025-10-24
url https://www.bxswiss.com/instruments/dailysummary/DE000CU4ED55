--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ca0d6a7e1e44a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a1e43e3f2da4e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c65020be6c4089"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6020fafe304f4058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R673aed5624f742ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c65020be6c4089" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60521b1bedbc490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6020fafe304f4058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4ED55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>