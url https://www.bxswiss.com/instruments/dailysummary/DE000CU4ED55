--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a1e43e3f2da4e9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d93234d6d54d91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6020fafe304f4058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3636f9f077e64d8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60521b1bedbc490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6020fafe304f4058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b3952f96dc443bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3636f9f077e64d8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4ED55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>