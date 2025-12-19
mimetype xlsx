--- v2 (2025-11-14)
+++ v3 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d93234d6d54d91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5c4cfccdd254395" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3636f9f077e64d8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a8d9ad1e7b4f30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b3952f96dc443bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3636f9f077e64d8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5e492bc239b4c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a8d9ad1e7b4f30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4ED55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>200,015</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>197,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>