--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5c4cfccdd254395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88676ebda28449a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a8d9ad1e7b4f30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0766942df77049a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5e492bc239b4c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a8d9ad1e7b4f30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82d30df4b0e74061" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0766942df77049a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4ED55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>