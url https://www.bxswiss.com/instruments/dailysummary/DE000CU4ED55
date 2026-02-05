--- v4 (2026-01-09)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88676ebda28449a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6a00bed138442be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0766942df77049a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb1fde33a9c64387"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82d30df4b0e74061" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0766942df77049a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R688537469f47480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb1fde33a9c64387" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4ED55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>