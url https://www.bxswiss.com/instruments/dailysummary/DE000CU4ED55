--- v5 (2026-02-05)
+++ v6 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6a00bed138442be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa968b00aae14332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb1fde33a9c64387"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31e93d698fb498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R688537469f47480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb1fde33a9c64387" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd251d852d11841fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31e93d698fb498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4ED55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>