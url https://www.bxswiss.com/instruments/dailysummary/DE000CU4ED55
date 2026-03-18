--- v6 (2026-02-26)
+++ v7 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa968b00aae14332" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51de8df57ce64270" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31e93d698fb498c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda676f3a456144c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd251d852d11841fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31e93d698fb498c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f36032b378846d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda676f3a456144c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4ED55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>