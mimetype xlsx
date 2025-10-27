--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fcfe5f33fa549ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83afe6bedea4ba4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd16fad4a10b465f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0fe715a6aa040c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7080fec2f79e4b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd16fad4a10b465f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba799beee3714ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0fe715a6aa040c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4BQT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,954</x:t>
-[...269 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>