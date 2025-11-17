--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83afe6bedea4ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0562f026721e4fa4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0fe715a6aa040c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb905a21c9b464a14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba799beee3714ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0fe715a6aa040c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69fb4c98b1ca4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb905a21c9b464a14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4BQT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,689</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,689</x:t>
-[...134 lines deleted...]
-          <x:t>0,752</x:t>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,811</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...4 lines deleted...]
-          <x:t>0,919</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,991</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,968</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>