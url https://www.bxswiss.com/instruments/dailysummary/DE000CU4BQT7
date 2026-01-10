--- v2 (2025-11-17)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0562f026721e4fa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb761a7d812f04fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb905a21c9b464a14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eec92e452fc4314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69fb4c98b1ca4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb905a21c9b464a14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fc91739049545e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eec92e452fc4314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4BQT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...323 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...247 lines deleted...]
-          <x:t>0,913</x:t>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>