--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb761a7d812f04fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b9845a1ab44c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eec92e452fc4314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262b028b37da4f38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fc91739049545e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eec92e452fc4314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f25a11bf774395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262b028b37da4f38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4BQT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,794</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,791</x:t>
-[...274 lines deleted...]
-          <x:t>0,878</x:t>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>