--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b9845a1ab44c60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0d295bdbbcb4587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262b028b37da4f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca107d6485a64961"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f25a11bf774395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262b028b37da4f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dd53ef71bfe4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca107d6485a64961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4BQT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>1,520</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,505</x:t>
-[...296 lines deleted...]
-          <x:t>1,860</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>