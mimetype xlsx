--- v0 (2025-10-27)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ec59897fb14acd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra153645bc4f6407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dfb48bc65b64b1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10a313e346794e0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025a363ce5c74a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dfb48bc65b64b1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e550bfcb04a4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10a313e346794e0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AZM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>5,115</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,990</x:t>
-[...48 lines deleted...]
-          <x:t>4,985</x:t>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,375</x:t>
-[...16 lines deleted...]
-          <x:t>5,635</x:t>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,565</x:t>
-[...312 lines deleted...]
-        <x:is>
           <x:t>5,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,645</x:t>
-[...117 lines deleted...]
-          <x:t>5,570</x:t>
+          <x:t>5,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>