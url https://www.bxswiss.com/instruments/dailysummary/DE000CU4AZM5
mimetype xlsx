--- v1 (2025-11-16)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra153645bc4f6407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92c973add0849ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10a313e346794e0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R008a564455944b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e550bfcb04a4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10a313e346794e0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8464742198b14e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R008a564455944b4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AZM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>5,475</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,435</x:t>
-[...92 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,585</x:t>
-[...436 lines deleted...]
-          <x:t>5,610</x:t>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>