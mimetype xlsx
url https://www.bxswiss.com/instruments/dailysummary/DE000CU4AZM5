--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92c973add0849ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4035a8d3a948484c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R008a564455944b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71ba2438f72b4cd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8464742198b14e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R008a564455944b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47fcfec8d0cd43ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71ba2438f72b4cd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AZM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>6,355</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>6,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>