--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4035a8d3a948484c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3811c4068e1a4665" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71ba2438f72b4cd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f80eb6c4def4041"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47fcfec8d0cd43ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71ba2438f72b4cd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ab78ae0c21412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f80eb6c4def4041" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AZM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>6,965</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,835</x:t>
-[...70 lines deleted...]
-          <x:t>7,155</x:t>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,105</x:t>
-[...16 lines deleted...]
-          <x:t>7,235</x:t>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,225</x:t>
-[...193 lines deleted...]
-          <x:t>7,750</x:t>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>