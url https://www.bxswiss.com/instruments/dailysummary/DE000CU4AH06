--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60fd5067bab24699" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0670570be2754e5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re283aa40326741fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8741f3b2981a4b76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1ce6ea838b946d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re283aa40326741fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref861d6559174864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8741f3b2981a4b76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AH06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>5,495</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,055</x:t>
-[...21 lines deleted...]
-          <x:t>4,865</x:t>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>4,085</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,845</x:t>
-[...355 lines deleted...]
-          <x:t>6,655</x:t>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>