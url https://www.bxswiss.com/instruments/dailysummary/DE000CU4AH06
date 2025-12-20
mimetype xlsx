--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0670570be2754e5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd190dc4753fd44ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8741f3b2981a4b76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07623a7a5f974345"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref861d6559174864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8741f3b2981a4b76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f13e533433d4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07623a7a5f974345" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AH06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>6,925</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>