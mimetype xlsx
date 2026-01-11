--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd190dc4753fd44ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb57c4046fd4ea1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07623a7a5f974345"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra15bf46b95bf4ffc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f13e533433d4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07623a7a5f974345" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c0d1bf1f3b34a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra15bf46b95bf4ffc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AH06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>9,115</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,070</x:t>
-[...173 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,620</x:t>
-[...80 lines deleted...]
-          <x:t>9,775</x:t>
+          <x:t>9,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,485</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>9,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>