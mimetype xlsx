--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb57c4046fd4ea1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d44f2c04585479d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra15bf46b95bf4ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cc84394b50b4a9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c0d1bf1f3b34a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra15bf46b95bf4ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b636ceac414f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cc84394b50b4a9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AH06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>11,725</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>