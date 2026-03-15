--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d44f2c04585479d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02f15acb06254431" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cc84394b50b4a9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rada23855e8ac4bbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b636ceac414f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cc84394b50b4a9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22712882b53b4dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rada23855e8ac4bbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AH06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>12,085</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,890</x:t>
-[...598 lines deleted...]
-          <x:t>14,290</x:t>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>