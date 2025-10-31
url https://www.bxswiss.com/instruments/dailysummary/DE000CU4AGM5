--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6e95de79334eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R545ce37e1cd142d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9c9f662c6b64c0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdef6daea68f4f20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re97d71e77157432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9c9f662c6b64c0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00ea797d3e43422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdef6daea68f4f20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AGM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,035</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,825</x:t>
-[...151 lines deleted...]
-          <x:t>3,425</x:t>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,335</x:t>
-[...65 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>3,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,485</x:t>
-[...16 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,495</x:t>
-[...306 lines deleted...]
-          <x:t>4,180</x:t>
+          <x:t>3,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>