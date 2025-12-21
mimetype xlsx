--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R545ce37e1cd142d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178a7195bab8452b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdef6daea68f4f20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf20726cdf10c43a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00ea797d3e43422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdef6daea68f4f20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92e54d3bd69c4c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf20726cdf10c43a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AGM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>3,855</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,175</x:t>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,080</x:t>
-[...11 lines deleted...]
-          <x:t>4,100</x:t>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,095</x:t>
-[...124 lines deleted...]
-          <x:t>4,245</x:t>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,130</x:t>
-[...382 lines deleted...]
-          <x:t>3,510</x:t>
+          <x:t>4,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>