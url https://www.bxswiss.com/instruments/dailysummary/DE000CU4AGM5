--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178a7195bab8452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R170627b4251e4f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf20726cdf10c43a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9bbcd57c1b044b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92e54d3bd69c4c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf20726cdf10c43a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e78fb02f7a447d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9bbcd57c1b044b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AGM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>3,975</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,935</x:t>
-[...156 lines deleted...]
-          <x:t>4,425</x:t>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,340</x:t>
-[...6 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,370</x:t>
-[...75 lines deleted...]
-          <x:t>4,275</x:t>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,215</x:t>
-[...205 lines deleted...]
-          <x:t>4,370</x:t>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,315</x:t>
-[...4 lines deleted...]
-          <x:t>4,440</x:t>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>