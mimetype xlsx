--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R170627b4251e4f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac04075b727f4c9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9bbcd57c1b044b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd072bf5eaa3c4a8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e78fb02f7a447d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9bbcd57c1b044b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra80864f3663d46cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd072bf5eaa3c4a8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4AGM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>4,805</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>4,910</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,910</x:t>
-[...16 lines deleted...]
-          <x:t>4,935</x:t>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,965</x:t>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>